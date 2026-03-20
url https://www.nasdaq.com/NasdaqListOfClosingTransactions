--- v0 (2026-02-11)
+++ v1 (2026-03-20)
@@ -3,92 +3,92 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ryand\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nasdaq-my.sharepoint.com/personal/ryand_nasdaq_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4AC67AD0-4F86-49F0-85DA-49FAF70F492A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EBF9E435-1483-49FB-BD09-C2A53AA2F5F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-1920" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Closing Only" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Sheet1!$A$1:$F$32</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A2" i="2" l="1"/>
   <c r="F4" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="56">
   <si>
     <t>Option</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t xml:space="preserve">Stock </t>
   </si>
   <si>
     <t>Trading on OTC BB or other</t>
   </si>
   <si>
     <t>RESTRICTED ISSUES</t>
   </si>
   <si>
     <t>NT</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>Recent removals:</t>
   </si>
   <si>
@@ -190,89 +190,83 @@
   <si>
     <t>CPN</t>
   </si>
   <si>
     <t>CPNL</t>
   </si>
   <si>
     <t>(DELISTED)</t>
   </si>
   <si>
     <t>Restricted</t>
   </si>
   <si>
     <t>Series</t>
   </si>
   <si>
     <t>Underlying</t>
   </si>
   <si>
     <t>Nasdaq Options Exchanges Closing Transactions Only</t>
   </si>
   <si>
     <t>Exchange(s)</t>
   </si>
   <si>
+    <t>ALL</t>
+  </si>
+  <si>
+    <t>NOM only</t>
+  </si>
+  <si>
     <t>TMC</t>
   </si>
   <si>
     <t xml:space="preserve">(6)  01/15/2027 </t>
   </si>
   <si>
     <t>ISE only</t>
   </si>
   <si>
-    <t>NOG</t>
-[...17 lines deleted...]
-    <t>NOM Only</t>
+    <t>GOEV</t>
+  </si>
+  <si>
+    <t>GOEV2</t>
+  </si>
+  <si>
+    <t>PHYS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="mmmm\ d\,\ yyyy\ h:mm\ AM/PM"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="9">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="26"/>
       <name val="@Batang"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
@@ -306,89 +300,92 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="44"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -670,522 +667,522 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="11.85546875" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" customWidth="1"/>
     <col min="3" max="3" width="32" customWidth="1"/>
     <col min="4" max="4" width="37.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:5" ht="22.5" customHeight="1">
+      <c r="A1" s="16" t="s">
         <v>46</v>
       </c>
-      <c r="B1" s="14"/>
-[...4 lines deleted...]
-      <c r="A2" s="15">
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+    </row>
+    <row r="2" spans="1:5" ht="22.5" customHeight="1">
+      <c r="A2" s="17">
         <f ca="1">NOW()</f>
-        <v>45972.514607638892</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
+        <v>46078.745846527781</v>
+      </c>
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+    </row>
+    <row r="3" spans="1:5">
       <c r="A3" s="6"/>
     </row>
-    <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:5" ht="15">
       <c r="A5" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="10"/>
       <c r="E5" s="1"/>
     </row>
-    <row r="6" spans="1:5" s="11" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:5" s="11" customFormat="1" ht="15">
       <c r="A6" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>44</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>47</v>
       </c>
       <c r="E6" s="1"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A7" s="12" t="s">
+    <row r="7" spans="1:5">
+      <c r="A7" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" s="13" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A8" s="12" t="s">
+    <row r="8" spans="1:5">
+      <c r="A8" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="B8" s="12" t="s">
+      <c r="D8" s="12" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="D9" s="12" t="s">
         <v>49</v>
-      </c>
-[...15 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="10.5703125" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="4.5703125" customWidth="1"/>
     <col min="6" max="6" width="32.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:7">
+      <c r="A1" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="16"/>
-[...16 lines deleted...]
-    <row r="4" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+    </row>
+    <row r="2" spans="1:7">
+      <c r="A2" s="18"/>
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="18"/>
+      <c r="G2" s="18"/>
+    </row>
+    <row r="3" spans="1:7" ht="7.5" customHeight="1"/>
+    <row r="4" spans="1:7" ht="20.25" customHeight="1">
       <c r="A4" s="6"/>
       <c r="F4" s="7">
         <f ca="1">NOW()</f>
-        <v>45972.514607638892</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+        <v>46078.745846527781</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="15.75">
       <c r="A6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F6" s="5"/>
     </row>
-    <row r="7" spans="1:7" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:7" s="1" customFormat="1" ht="15">
       <c r="A7" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="4"/>
     </row>
-    <row r="8" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="D8" s="9"/>
     </row>
-    <row r="9" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="2"/>
     </row>
-    <row r="10" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="2"/>
     </row>
-    <row r="11" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
     </row>
-    <row r="12" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A12" s="4" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="14" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1"/>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="3">
         <v>38432</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:7" ht="15" customHeight="1">
       <c r="A15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="3">
         <v>38432</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="3">
         <v>38457</v>
       </c>
     </row>
-    <row r="17" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="3">
         <v>38503</v>
       </c>
     </row>
-    <row r="18" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="3">
         <v>38533</v>
       </c>
     </row>
-    <row r="19" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A19" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="3">
         <v>38540</v>
       </c>
     </row>
-    <row r="20" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="3">
         <v>38540</v>
       </c>
     </row>
-    <row r="21" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A21" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="3">
         <v>38545</v>
       </c>
     </row>
-    <row r="22" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="3">
         <v>38575</v>
       </c>
     </row>
-    <row r="23" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A23" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="3">
         <v>38575</v>
       </c>
     </row>
-    <row r="24" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A24" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C24" s="3">
         <v>38610</v>
       </c>
     </row>
-    <row r="25" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:4" ht="15" customHeight="1">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="3">
         <v>38610</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:4" ht="15" customHeight="1">
       <c r="A26" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="3">
         <v>38616</v>
       </c>
     </row>
-    <row r="27" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:4" ht="15" customHeight="1">
       <c r="A27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="3">
         <v>38628</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:4" ht="15">
       <c r="A28" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="3">
         <v>38670</v>
       </c>
     </row>
-    <row r="29" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:4" ht="15" customHeight="1">
       <c r="A29" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="3">
         <v>38670</v>
       </c>
     </row>
-    <row r="30" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:4" ht="15" customHeight="1">
       <c r="A30" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="3">
         <v>38671</v>
       </c>
     </row>
-    <row r="31" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A31" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C31" s="3">
         <v>38674</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="32" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:4" s="1" customFormat="1" ht="15" customHeight="1">
       <c r="A32" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="3">
         <v>38694</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="0.7" bottom="0.68" header="0.5" footer="0.5"/>
   <pageSetup scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="33" max="5" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{88c53105-2268-48cc-bbbd-15c277f43ddd}" enabled="1" method="Standard" siteId="{d0b75e95-684a-45e3-8d2d-53fa2a6a513f}" contentBits="0" removed="0"/>
+  <clbl:label id="{88c53105-2268-48cc-bbbd-15c277f43ddd}" enabled="1" method="Standard" siteId="{d0b75e95-684a-45e3-8d2d-53fa2a6a513f}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>